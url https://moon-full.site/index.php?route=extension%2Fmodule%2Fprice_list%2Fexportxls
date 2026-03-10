--- v0 (2026-01-23)
+++ v1 (2026-03-10)
@@ -9,191 +9,197 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <si>
     <t>Назва</t>
   </si>
   <si>
     <t>Код товару:</t>
   </si>
   <si>
     <t>Бренд:</t>
   </si>
   <si>
     <t>Ціна:</t>
   </si>
   <si>
     <t>Акційна ціна</t>
   </si>
   <si>
     <t>К-ть:</t>
   </si>
   <si>
-    <t>BB коректор-сироватка Hean BB Serum Concealer SPF 20 тон 01 Light, 4 мл (5907474403229)</t>
+    <t>BB коректор-сироватка Hean BB Serum Concealer SPF 20 тон 03 Medium, 4 мл (5907474403397)</t>
   </si>
   <si>
     <t>Hean</t>
   </si>
   <si>
-    <t>212₴</t>
-[...8 lines deleted...]
-    <t>392₴</t>
+    <t>225₴</t>
+  </si>
+  <si>
+    <t>BB крем-сироватка Hean BB SERUM CREAM SPF 50 тон 02 Natural, 30 мл (5907474403199)</t>
+  </si>
+  <si>
+    <t>417₴</t>
   </si>
   <si>
     <t>BB крем-сироватка Hean BB SERUM CREAM SPF 50 тон 03 Medium, 30 мл (5907474403205)</t>
   </si>
   <si>
     <t>BB крем-сироватка Hean BB SERUM CREAM SPF 50 тон 04 Warm, 30 мл (5907474403212)</t>
   </si>
   <si>
     <t>CC-крем для обличчя Hean CC Cream Vital Skin 01 Light, 30 мл (5907474411545)</t>
   </si>
   <si>
-    <t>418₴</t>
+    <t>444₴</t>
   </si>
   <si>
     <t>CC-крем для обличчя Hean CC Cream Vital Skin 02 Natural, 30 мл (5907474411552)</t>
   </si>
   <si>
     <t>CC-крем для обличчя Hean CC Cream Vital Skin 03 Medium, 30 мл (5907474411569)</t>
   </si>
   <si>
     <t>CC-крем для обличчя Hean CC Cream Vital Skin 04 Tan, 30 мл (5907474411576)</t>
   </si>
   <si>
     <t>Автоматичний олівець для брів Hean Eyebrow Pencil 01 Medium Blond 1,2 г (5907474400877)</t>
   </si>
   <si>
-    <t>165₴</t>
+    <t>189₴</t>
   </si>
   <si>
     <t>Автоматичний олівець для брів Hean Eyebrow Pencil 02 Smokey Brown 1,2 г (5907474400853)</t>
   </si>
   <si>
     <t>Автоматичний олівець для брів Hean Eyebrow Pencil 03 Brunette 1,2 г (5907474400860)</t>
   </si>
   <si>
     <t>Амортизуюча п'яткова накладка Timodore, розмір 34-37 (8002140117701)</t>
   </si>
   <si>
     <t>Timodore</t>
   </si>
   <si>
     <t>525₴</t>
   </si>
   <si>
     <t>Амортизуюча п'яткова накладка Timodore, розмір 38-41 (8002140117718)</t>
   </si>
   <si>
     <t>Амортизуюча п'яткова накладка Timodore, розмір 41-45 (8002140117725)</t>
   </si>
   <si>
+    <t>Ампули для інтенсивного відновлення волосся RONNEY Intensive KERATINE Rebuilding з кератином, 6 шт (5060456778712)</t>
+  </si>
+  <si>
+    <t>Ronney</t>
+  </si>
+  <si>
+    <t>290₴</t>
+  </si>
+  <si>
+    <t>Ампули проти випадіння волосся RONNEY Intensive Placenta, 6 шт (5060456778811)</t>
+  </si>
+  <si>
     <t>Анатомічний роздільник пальців Timodore, розмір M, 2шт (8002140131004)</t>
   </si>
   <si>
     <t>214₴</t>
   </si>
   <si>
     <t>Антибактеріальне рідке мило Cera di Cupra, 200 мл (8002140055904)</t>
   </si>
   <si>
     <t>Cera di Cupra</t>
   </si>
   <si>
     <t>60₴</t>
   </si>
   <si>
     <t>Антивіковий крем для обличчя та тіла Belle Jardin Home Spa Sakura Japan Rituals 40+, 200 мл (5907582908616)</t>
   </si>
   <si>
     <t>Belle Jardin</t>
   </si>
   <si>
-    <t>54₴</t>
+    <t>57₴</t>
   </si>
   <si>
     <t>Антивіковий крем з ліфтинг-ефектом Cera di Cupra HR Anti-Wrinkle Lifting Effect, 50 мл (8002140153808)</t>
   </si>
   <si>
     <t>328₴</t>
   </si>
   <si>
-    <t>Антивіковий крем-філлер Cera di Cupra HR Anti-Wrinkle Replumping Filler Cream, 50 мл (8002140053603)</t>
-[...1 lines deleted...]
-  <si>
     <t>Біо-основа та закріплювач лаку Sophin Bio Hardener, 12 мл (4053919005457)</t>
   </si>
   <si>
     <t>Sophin</t>
   </si>
   <si>
     <t>169₴</t>
   </si>
   <si>
     <t>База для захисту від грибка нігтів Sophin Antifungal Nail Base, 12 мл (4053919005280)</t>
   </si>
   <si>
     <t>База для нігтів Moon Full Fiber base, 30 мл (5905123027741)</t>
   </si>
   <si>
     <t>Moon Full</t>
   </si>
   <si>
     <t>245₴</t>
   </si>
   <si>
-    <t>База для нігтів Moon Full Rubber base, 30 мл (5905123027734)</t>
+    <t>База для нігтів Moon Full Nude PRO Base № SQ01, 30 мл. молочна (5905123027284)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;₽&quot;"/>
     <numFmt numFmtId="165" formatCode="[$$-1]#,##0.00"/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ [$€-1]"/>
   </numFmts>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <sz val="14"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -243,471 +249,471 @@
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="2">
-        <v>5907474403229</v>
+        <v>5907474403397</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2"/>
       <c r="F2">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="2">
-        <v>5907474403397</v>
+        <v>5907474403199</v>
       </c>
       <c r="C3" t="s">
         <v>7</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="E3"/>
       <c r="F3">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" s="2">
+        <v>5907474403205</v>
+      </c>
+      <c r="C4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" t="s">
         <v>10</v>
-      </c>
-[...7 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E4"/>
       <c r="F4">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="2">
-        <v>5907474403205</v>
+        <v>5907474403212</v>
       </c>
       <c r="C5" t="s">
         <v>7</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E5"/>
       <c r="F5">
-        <v>2</v>
+        <v>7</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="2">
-        <v>5907474403212</v>
+        <v>5907474411545</v>
       </c>
       <c r="C6" t="s">
         <v>7</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6"/>
       <c r="F6">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="2">
+        <v>5907474411552</v>
+      </c>
+      <c r="C7" t="s">
+        <v>7</v>
+      </c>
+      <c r="D7" t="s">
         <v>14</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
       <c r="E7"/>
       <c r="F7">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="2">
-        <v>5907474411552</v>
+        <v>5907474411569</v>
       </c>
       <c r="C8" t="s">
         <v>7</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E8"/>
       <c r="F8">
-        <v>11</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="2">
-        <v>5907474411569</v>
+        <v>5907474411576</v>
       </c>
       <c r="C9" t="s">
         <v>7</v>
       </c>
       <c r="D9" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E9"/>
       <c r="F9">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="2">
-        <v>5907474411576</v>
+        <v>5907474400877</v>
       </c>
       <c r="C10" t="s">
         <v>7</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E10"/>
       <c r="F10">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="2">
+        <v>5907474400853</v>
+      </c>
+      <c r="C11" t="s">
+        <v>7</v>
+      </c>
+      <c r="D11" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>20</v>
       </c>
       <c r="E11"/>
       <c r="F11">
-        <v>7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="2">
-        <v>5907474400853</v>
+        <v>5907474400860</v>
       </c>
       <c r="C12" t="s">
         <v>7</v>
       </c>
       <c r="D12" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E12"/>
       <c r="F12">
-        <v>11</v>
+        <v>17</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="2">
-        <v>5907474400860</v>
+        <v>8002140117701</v>
       </c>
       <c r="C13" t="s">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="D13" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E13"/>
       <c r="F13">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
+        <v>25</v>
+      </c>
+      <c r="B14" s="2">
+        <v>8002140117718</v>
+      </c>
+      <c r="C14" t="s">
         <v>23</v>
       </c>
-      <c r="B14" s="2">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="E14"/>
       <c r="F14">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>26</v>
       </c>
       <c r="B15" s="2">
-        <v>8002140117718</v>
+        <v>8002140117725</v>
       </c>
       <c r="C15" t="s">
+        <v>23</v>
+      </c>
+      <c r="D15" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="E15"/>
       <c r="F15">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>27</v>
       </c>
       <c r="B16" s="2">
-        <v>8002140117725</v>
+        <v>5060456778712</v>
       </c>
       <c r="C16" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D16" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E16"/>
       <c r="F16">
-        <v>9</v>
+        <v>49</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
+        <v>30</v>
+      </c>
+      <c r="B17" s="2">
+        <v>5060456778811</v>
+      </c>
+      <c r="C17" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D17" t="s">
         <v>29</v>
       </c>
       <c r="E17"/>
       <c r="F17">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B18" s="2">
-        <v>8002140055904</v>
+        <v>8002140131004</v>
       </c>
       <c r="C18" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="D18" t="s">
         <v>32</v>
       </c>
       <c r="E18"/>
       <c r="F18">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>33</v>
       </c>
       <c r="B19" s="2">
-        <v>5907582908616</v>
+        <v>8002140055904</v>
       </c>
       <c r="C19" t="s">
         <v>34</v>
       </c>
       <c r="D19" t="s">
         <v>35</v>
       </c>
       <c r="E19"/>
       <c r="F19">
-        <v>54</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>36</v>
       </c>
       <c r="B20" s="2">
-        <v>8002140153808</v>
+        <v>5907582908616</v>
       </c>
       <c r="C20" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D20" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E20"/>
       <c r="F20">
-        <v>9</v>
+        <v>126</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B21" s="2">
-        <v>8002140053603</v>
+        <v>8002140153808</v>
       </c>
       <c r="C21" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D21" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E21"/>
       <c r="F21">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B22" s="2">
         <v>4053919005457</v>
       </c>
       <c r="C22" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D22" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E22"/>
       <c r="F22">
-        <v>29</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B23" s="2">
         <v>4053919005280</v>
       </c>
       <c r="C23" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D23" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E23"/>
       <c r="F23">
-        <v>51</v>
+        <v>43</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B24" s="2">
         <v>5905123027741</v>
       </c>
       <c r="C24" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D24" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E24"/>
       <c r="F24">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
+        <v>48</v>
+      </c>
+      <c r="B25" s="2">
+        <v>5905123027284</v>
+      </c>
+      <c r="C25" t="s">
         <v>46</v>
       </c>
-      <c r="B25" s="2">
-[...4 lines deleted...]
-      </c>
       <c r="D25" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E25"/>
       <c r="F25">
-        <v>57</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>